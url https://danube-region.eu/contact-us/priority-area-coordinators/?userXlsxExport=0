--- v0 (2025-10-01)
+++ v1 (2026-01-11)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
     <t>Priority Area</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Function</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>PA1A</t>
   </si>
   <si>
@@ -65,50 +65,59 @@
   <si>
     <t>Via donau – Austrian Waterway Management and Development Company</t>
   </si>
   <si>
     <t>Iris.Marstaller@viadonau.org</t>
   </si>
   <si>
     <t>Mr Gert-Jan Muilerman</t>
   </si>
   <si>
     <t>Via donau - Austrian Waterway Management and Development Company</t>
   </si>
   <si>
     <t>gert-jan.muilerman@viadonau.org</t>
   </si>
   <si>
     <t>Mr Markus Simoner</t>
   </si>
   <si>
     <t>Ministry for Climate Action, Environment, Energy, Mobility, Innovation and Technology</t>
   </si>
   <si>
     <t>Markus.Simoner@bmk.gv.at</t>
   </si>
   <si>
+    <t>Ms Sonja Schmidbauer</t>
+  </si>
+  <si>
+    <t>PAC Team</t>
+  </si>
+  <si>
+    <t>Sonja.Schmidbauer@viadonau.org</t>
+  </si>
+  <si>
     <t>Ms Viktoria Weissenburger</t>
   </si>
   <si>
     <t>viktoria.Weissenburger@viadonau.org</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Mr Cristian Dobritoiu</t>
   </si>
   <si>
     <t>Ministry of Transport and Infrastructure</t>
   </si>
   <si>
     <t>cristian.dobritoiu@mt.ro</t>
   </si>
   <si>
     <t>Mr Adrian Olteanu</t>
   </si>
   <si>
     <t>comunicare@mt.ro</t>
   </si>
   <si>
     <t>Ms Monica Patrichi</t>
@@ -137,51 +146,51 @@
   <si>
     <t>Ms Ksenija Hajduković</t>
   </si>
   <si>
     <t>External consultant</t>
   </si>
   <si>
     <t>hajdukovicksenija@gmail.com</t>
   </si>
   <si>
     <t>Mr Jovko Jaćimović</t>
   </si>
   <si>
     <t>jovko.jacimovic@mgsi.gov.rs</t>
   </si>
   <si>
     <t>Ms Živana Luković</t>
   </si>
   <si>
     <t>zivana.lukovic@mgsi.gov.rs</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>Franc Zepic</t>
+    <t>Mr Franc Zepic</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Deputy coordinator</t>
   </si>
   <si>
     <t>Ministry of Infrastructure</t>
   </si>
   <si>
     <t>Franc.Zepic@gov.si</t>
   </si>
   <si>
     <t>Mr Beno Fekonja</t>
   </si>
   <si>
     <t>PAC</t>
   </si>
   <si>
     <t>beno.fekonja@gov.si</t>
   </si>
   <si>
     <t>Mr Mitja Oberlintner</t>
   </si>
@@ -194,131 +203,125 @@
   <si>
     <t>igor.princic@gov.si</t>
   </si>
   <si>
     <t>Ms Antonela Žižič</t>
   </si>
   <si>
     <t>antonela.zizic@gov.si</t>
   </si>
   <si>
     <t>PA2</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>Mr Vit Fencl</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>vit.fencl@mpo.gov.cz</t>
   </si>
   <si>
+    <t>Mychajlivová Ludmila</t>
+  </si>
+  <si>
+    <t>ludmila.mychajlivova@mpo.gov.cz</t>
+  </si>
+  <si>
+    <t>Mr Mikuláš Schlosser</t>
+  </si>
+  <si>
+    <t>mikulas.schlosser@mpo.gov.cz</t>
+  </si>
+  <si>
     <t>Mr Tomáš Vondra</t>
   </si>
   <si>
     <t>tomas.vondra@mpo.gov.cz</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Ms Ágnes Barber</t>
   </si>
   <si>
     <t>NC team</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs and Trade</t>
   </si>
   <si>
     <t>agnes.barber@mfa.gov.hu</t>
   </si>
   <si>
     <t>Ms Zsuzsa Bálintné Vörös</t>
   </si>
   <si>
     <t>External Advisor</t>
   </si>
   <si>
     <t>zsvoros@mfa.gov.hu</t>
   </si>
   <si>
     <t>Ms Annamária Nádor</t>
   </si>
   <si>
-    <t>Mining and Geological Survey of Hungary</t>
-[...2 lines deleted...]
-    <t>nador.annamaria@mbfsz.gov.hu</t>
+    <t>annamaria.nador@mfa.gov.hu</t>
   </si>
   <si>
     <t>PA3</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Ms Dora Ivanova</t>
   </si>
   <si>
     <t>Ministry of Tourism</t>
   </si>
   <si>
     <t>d.ivanova@tourism.government.bg</t>
   </si>
   <si>
     <t>Ms Zlatina Lyutova</t>
   </si>
   <si>
     <t>z.lyutova@tourism.government.bg</t>
   </si>
   <si>
     <t>Mr Nikola Manevski</t>
   </si>
   <si>
     <t>N.Manevski@tourism.government.bg</t>
   </si>
   <si>
-    <t>Montenegro</t>
-[...13 lines deleted...]
-  <si>
     <t>Mr Liviu Băileșteanu</t>
   </si>
   <si>
     <t>General Director, Directorate General for Regional Development and Infrastructure</t>
   </si>
   <si>
     <t>Ministry of Public Works, Development and Administration</t>
   </si>
   <si>
     <t>liviu.bailesteanu@mdlpa.gov.ro</t>
   </si>
   <si>
     <t>Ms Irina Cozma</t>
   </si>
   <si>
     <t>irina.cozma@mdlpa.gov.ro</t>
   </si>
   <si>
     <t>PA4</t>
   </si>
   <si>
     <t>Ms Diana Heilmann</t>
   </si>
   <si>
     <t>Diana.Heilmann@mfa.gov.hu</t>
@@ -356,426 +359,432 @@
   <si>
     <t>danka.thalmeinerova@enviro.gov.sk</t>
   </si>
   <si>
     <t>Ms Andrea Vranovska</t>
   </si>
   <si>
     <t>Water Research Institute Bratislava</t>
   </si>
   <si>
     <t>andrea.vranovska@vuvh.sk</t>
   </si>
   <si>
     <t>PA5</t>
   </si>
   <si>
     <t>Mr Viktor Oroszi</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>viktor.oroszi@mfa.gov.hu</t>
   </si>
   <si>
-    <t>Mr Laszlo Balatonyi</t>
+    <t>Mr László Balatonyi</t>
   </si>
   <si>
     <t>Environmental Risks Priority Area Co-coordinator; Head of Flood Protection Department, Deputy-leader of the National Technical Coordination Unit</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs and Trade, Directorate General of Water Management</t>
   </si>
   <si>
     <t>balatonyi.laszlo@ovf.hu</t>
   </si>
   <si>
     <t>Mr Martin Róbert Kiss</t>
   </si>
   <si>
     <t>Martin.Robert.Kiss@mfa.gov.hu</t>
   </si>
   <si>
     <t>Ms Kinga Perge</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs and Trade, Department for Water Diplomacy and the Danube Region Strategy</t>
   </si>
   <si>
     <t>Kinga.Perge@mfa.gov.hu</t>
   </si>
   <si>
     <t>Mr Gheorghe Constantin</t>
   </si>
   <si>
     <t>Ministry of Environment, Water and Forests</t>
   </si>
   <si>
     <t>gheorghe.constantin@mmediu.ro</t>
   </si>
   <si>
     <t>Ms Elena Manuela Miron</t>
   </si>
   <si>
     <t>manuela.miron@mmediu.ro</t>
   </si>
   <si>
     <t>PA6</t>
   </si>
   <si>
-    <t>Bavaria (DE)</t>
-[...2 lines deleted...]
-    <t>Mr Ballnus Florian</t>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>Ms Helena Štulec Peternek</t>
+  </si>
+  <si>
+    <t>Ministry of Environment Protection and Green Transition</t>
+  </si>
+  <si>
+    <t>Helena.StulecPeternek@mzozt.hr</t>
+  </si>
+  <si>
+    <t>Ms Ana Kobašlić</t>
+  </si>
+  <si>
+    <t>Ministry of Environmental Protection and Green Transition</t>
+  </si>
+  <si>
+    <t>Ana.Kobaslic@mzozt.hr</t>
+  </si>
+  <si>
+    <t>Germany / Bavaria</t>
+  </si>
+  <si>
+    <t>Mr Florian Ballnus</t>
   </si>
   <si>
     <t>Bavarian State Ministry of the Environment and Consumer Protection</t>
   </si>
   <si>
     <t>florian.ballnus@stmuv.bayern.de</t>
   </si>
   <si>
-    <t>Croatia</t>
-[...10 lines deleted...]
-  <si>
     <t>PA7</t>
   </si>
   <si>
     <t>Ms Dijana Štrbac</t>
   </si>
   <si>
     <t>PAC Support Team</t>
   </si>
   <si>
     <t>Institute of Economic Sciences; Department for Innovation Economics</t>
   </si>
   <si>
     <t>dijana.strbac@ien.bg.ac.rs</t>
   </si>
   <si>
     <t>Mr Viktor Nedović</t>
   </si>
   <si>
     <t>Assistant Minister</t>
   </si>
   <si>
     <t>Ministry of Education, Science and Technological Development</t>
   </si>
   <si>
     <t>viktor.nedovic@mpn.gov.rs</t>
   </si>
   <si>
     <t>Ms Barbora Baničová</t>
   </si>
   <si>
+    <t>Ministry of Education, Science, Research and Sport of the Slovak Republic</t>
+  </si>
+  <si>
+    <t>barbora.banicova@minedu.sk</t>
+  </si>
+  <si>
+    <t>Ms Dominika Šipošová</t>
+  </si>
+  <si>
     <t>Slovak Centre of Scientific and Technical Information</t>
   </si>
   <si>
-    <t>barbora.banicova@minedu.sk</t>
+    <t>Dominika.Siposova@cvtisr.sk</t>
   </si>
   <si>
     <t>Ms Ľubica Pitlová</t>
   </si>
   <si>
-    <t>PAC, Director</t>
-[...4 lines deleted...]
-  <si>
     <t>lubica.pitlova@cvtisr.sk</t>
   </si>
   <si>
     <t>Ms Jaroslava Szüdi</t>
   </si>
   <si>
-    <t>Ministry of Education, Science, Research and Sport of the Slovak Republic</t>
-[...1 lines deleted...]
-  <si>
     <t>jaroslava.szudi@minedu.sk</t>
   </si>
   <si>
     <t>Mr Tomas Tabis</t>
   </si>
   <si>
-    <t>Ministry of Education, Science, Research and Sport</t>
-[...1 lines deleted...]
-  <si>
     <t>tomas.tabis@minedu.sk</t>
   </si>
   <si>
     <t>PA8</t>
   </si>
   <si>
-    <t>Baden-Württemberg (DE)</t>
+    <t>Ms Helia Kovačević Grčić</t>
+  </si>
+  <si>
+    <t>Ministry of Economy</t>
+  </si>
+  <si>
+    <t>helia.kovacevicgrcic@mingo.hr</t>
+  </si>
+  <si>
+    <t>Ms Karmen Maričić</t>
+  </si>
+  <si>
+    <t>karmen.maricic@mingo.hr</t>
+  </si>
+  <si>
+    <t>Germany / Baden-Württemberg</t>
   </si>
   <si>
     <t>Ms Alexandra Gölz</t>
   </si>
   <si>
     <t>Ministry of Economic Affairs, Labour and Tourism Baden-Württemberg</t>
   </si>
   <si>
     <t>Alexandra.Goelz@wm.bwl.de</t>
   </si>
   <si>
     <t>Ms Carmen Hawkins</t>
   </si>
   <si>
     <t>Carmen.Hawkins@wm.bwl.de</t>
   </si>
   <si>
-    <t>Ms Helia Kovačević Grčić</t>
-[...13 lines deleted...]
-  <si>
     <t>PA9</t>
   </si>
   <si>
     <t>Ms Flavia Enengl</t>
   </si>
   <si>
     <t>L&amp;R Social Research</t>
   </si>
   <si>
     <t>enengl@lrsocialresearch.at</t>
   </si>
   <si>
     <t>Ms Sarah Fellner</t>
   </si>
   <si>
     <t>OeAD – Austria’s Agency for Education and Internationalisation</t>
   </si>
   <si>
     <t>sarah.fellner@oead.at</t>
   </si>
   <si>
     <t>Mr Roland Hanak</t>
   </si>
   <si>
     <t>Federal Ministry of Labour, Social Affairs, Health, Care and Consumer Protection</t>
   </si>
   <si>
-    <t>roland.hanak@bmaw.gv.at</t>
+    <t>roland.hanak@sozialministerium.gv.at</t>
   </si>
   <si>
     <t>Ms Dragana Ilić-Đotunović</t>
   </si>
   <si>
     <t>Dragana.Ilic-Dotunovic@oead.at</t>
   </si>
   <si>
     <t>Mr Jörg Mirtl</t>
   </si>
   <si>
-    <t>Joerg.Mirtl@bmaw.gv.at</t>
+    <t>Joerg.Mirtl@sozialministerium.gv.at</t>
   </si>
   <si>
     <t>Mr Jürgen Schick</t>
   </si>
   <si>
     <t>Federal Ministry of Education</t>
   </si>
   <si>
     <t>juergen.schick@bmb.gv.at</t>
   </si>
   <si>
     <t>Ms Barbara Willsberger</t>
   </si>
   <si>
     <t>Willsberger@lrsocialresearch.at</t>
   </si>
   <si>
     <t>Moldova</t>
   </si>
   <si>
     <t>Ms Anna Gherganova</t>
   </si>
   <si>
-    <t>PAC team</t>
-[...1 lines deleted...]
-  <si>
     <t>Ministry of Labour and Social Protection</t>
   </si>
   <si>
-    <t>anna.gherganova@msmps.gov.md</t>
+    <t>anna.gherganova@social.gov.md</t>
   </si>
   <si>
     <t>Ms Ludmila Pavlov</t>
   </si>
   <si>
     <t>Ministry of Education and Research</t>
   </si>
   <si>
-    <t>ludmila.pavlov@mecc.gov.md</t>
+    <t>ludmila.pavlov@mec.gov.md</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Ms Nadija Afanasieva</t>
   </si>
   <si>
     <t>Director</t>
   </si>
   <si>
     <t>Ukrainian Institute for International Politics</t>
   </si>
   <si>
     <t>n.afanasieva@uiip.org.ua</t>
   </si>
   <si>
-    <t>Ms Oleksandra Husak</t>
+    <t>Ms Tetiana Movchan</t>
+  </si>
+  <si>
+    <t>Ministry of Education and Science</t>
+  </si>
+  <si>
+    <t>tm.movchan@gmail.com</t>
+  </si>
+  <si>
+    <t>Ms Viktoriia Karbysheva</t>
   </si>
   <si>
     <t>Head of the Expert Group of Content and Quality Assurance of Education, Directorate of Vocational Education and Training</t>
   </si>
   <si>
-    <t>Ministry of Education and Science of Ukraine</t>
-[...10 lines deleted...]
-  <si>
     <t>viktoria.karbysheva@gmail.com</t>
   </si>
   <si>
     <t>PA10</t>
   </si>
   <si>
     <t>Ms Claudia Singer-Smith</t>
   </si>
   <si>
     <t>City of Vienna (EU Funding Agency)</t>
   </si>
   <si>
     <t>claudia.singer@pa10-danube.eu</t>
   </si>
   <si>
     <t>Ms Andreea Prasacu</t>
   </si>
   <si>
     <t>City of Vienna, EU funding agency</t>
   </si>
   <si>
     <t>Andreea.Prasacu@pa10-danube.eu</t>
   </si>
   <si>
     <t>Ms Simone Böhm-Gartner</t>
   </si>
   <si>
     <t>simone.boehm-gartner@pa10-danube.eu</t>
   </si>
   <si>
     <t>Mr Jernej Grahor</t>
   </si>
   <si>
     <t>Center for European Perspective</t>
   </si>
   <si>
     <t>jernej.grahor@cep.si</t>
   </si>
   <si>
     <t>Ms Marjana Tišler</t>
   </si>
   <si>
     <t>marjana.tisler@cep.si</t>
   </si>
   <si>
     <t>PA11</t>
   </si>
   <si>
+    <t>Ms Boryana Boteva</t>
+  </si>
+  <si>
+    <t>EU and International Cooperation Directorate</t>
+  </si>
+  <si>
+    <t>Ministry of Interior</t>
+  </si>
+  <si>
+    <t>bboteva.14@mvr.bg</t>
+  </si>
+  <si>
+    <t>Mr Rosen Kukushev</t>
+  </si>
+  <si>
+    <t>rkukushev.14@mvr.bg</t>
+  </si>
+  <si>
     <t>Ms Verena Linsmaier</t>
   </si>
   <si>
     <t>Bavarian Ministry of Interior, for Sport and Integration</t>
   </si>
   <si>
     <t>stmi.eusdr@polizei.bayern.de</t>
   </si>
   <si>
+    <t>Ms Fabienne Reiner</t>
+  </si>
+  <si>
+    <t>PAC 11 team</t>
+  </si>
+  <si>
+    <t>Fabienne.Reiner@bmi.bund.de</t>
+  </si>
+  <si>
     <t>Mr Michael Schwald</t>
   </si>
   <si>
     <t>Head of Bavarian Police</t>
   </si>
   <si>
     <t>Ms Irene Klarer</t>
   </si>
   <si>
     <t>Sachbereich C5/EU - Internationale polizeiliche Zusammenarbeit</t>
   </si>
   <si>
     <t>stmi.sachgebiet-c13-eusdr@polizei.bayern.de</t>
-  </si>
-[...19 lines deleted...]
-    <t>sgmarinova@mvr.bg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <u/>
       <color rgb="FF0563C1"/>
     </font>
   </fonts>
@@ -800,127 +809,131 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Iris.Marstaller@viadonau.org" TargetMode="External"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gert-jan.muilerman@viadonau.org" TargetMode="External"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Markus.Simoner@bmk.gv.at" TargetMode="External"/>
-<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:viktoria.Weissenburger@viadonau.org" TargetMode="External"/>
-[...67 lines deleted...]
-<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgmarinova@mvr.bg" TargetMode="External"/></Relationships>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonja.Schmidbauer@viadonau.org" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:viktoria.Weissenburger@viadonau.org" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristian.dobritoiu@mt.ro" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:comunicare@mt.ro" TargetMode="External"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monica.patrichi@mt.ro" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aleksandar.banjac@mgsi.gov.rs" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hajdukovicksenija@gmail.com" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jovko.jacimovic@mgsi.gov.rs" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivana.lukovic@mgsi.gov.rs" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Franc.Zepic@gov.si" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beno.fekonja@gov.si" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mitja.oberlintner@gov.si" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:igor.princic@gov.si" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antonela.zizic@gov.si" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.fencl@mpo.gov.cz" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ludmila.mychajlivova@mpo.gov.cz" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikulas.schlosser@mpo.gov.cz" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.vondra@mpo.gov.cz" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agnes.barber@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zsvoros@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annamaria.nador@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:d.ivanova@tourism.government.bg" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.lyutova@tourism.government.bg" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:N.Manevski@tourism.government.bg" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liviu.bailesteanu@mdlpa.gov.ro" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irina.cozma@mdlpa.gov.ro" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Diana.Heilmann@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zsuzsanna.kocsiskupper@gmail.com" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pesel.marton@ovf.hu" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danka.thalmeinerova@enviro.gov.sk" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea.vranovska@vuvh.sk" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:viktor.oroszi@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balatonyi.laszlo@ovf.hu" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Martin.Robert.Kiss@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kinga.Perge@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gheorghe.constantin@mmediu.ro" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuela.miron@mmediu.ro" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Helena.StulecPeternek@mzozt.hr" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ana.Kobaslic@mzozt.hr" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:florian.ballnus@stmuv.bayern.de" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dijana.strbac@ien.bg.ac.rs" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:viktor.nedovic@mpn.gov.rs" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbora.banicova@minedu.sk" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dominika.Siposova@cvtisr.sk" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lubica.pitlova@cvtisr.sk" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.szudi@minedu.sk" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.tabis@minedu.sk" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helia.kovacevicgrcic@mingo.hr" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karmen.maricic@mingo.hr" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alexandra.Goelz@wm.bwl.de" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carmen.Hawkins@wm.bwl.de" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enengl@lrsocialresearch.at" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarah.fellner@oead.at" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roland.hanak@sozialministerium.gv.at" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dragana.Ilic-Dotunovic@oead.at" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joerg.Mirtl@sozialministerium.gv.at" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juergen.schick@bmb.gv.at" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Willsberger@lrsocialresearch.at" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.gherganova@social.gov.md" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ludmila.pavlov@mec.gov.md" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n.afanasieva@uiip.org.ua" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tm.movchan@gmail.com" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:viktoria.karbysheva@gmail.com" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.singer@pa10-danube.eu" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andreea.Prasacu@pa10-danube.eu" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simone.boehm-gartner@pa10-danube.eu" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jernej.grahor@cep.si" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marjana.tisler@cep.si" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bboteva.14@mvr.bg" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rkukushev.14@mvr.bg" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stmi.eusdr@polizei.bayern.de" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fabienne.Reiner@bmi.bund.de" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stmi.sachgebiet-c13-eusdr@polizei.bayern.de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:G74"/>
+  <dimension ref="A1:G78"/>
   <cols>
     <col min="1" max="1" width="14" customWidth="1"/>
-    <col min="2" max="2" width="23" customWidth="1"/>
+    <col min="2" max="2" width="28" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="9" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -975,1491 +988,1591 @@
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5"/>
-      <c r="E5"/>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s" s="2">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G7" t="s" s="2">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D8"/>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E8"/>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G8" t="s" s="2">
         <v>28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" t="s">
         <v>29</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9"/>
+      <c r="E9" t="s">
         <v>30</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" t="s" s="2">
         <v>31</v>
-      </c>
-[...6 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10"/>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E10"/>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10" t="s" s="2">
         <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11"/>
-      <c r="E11"/>
+      <c r="E11" t="s">
+        <v>38</v>
+      </c>
       <c r="F11" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G11" t="s" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G12" t="s" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="D13" t="s">
+      <c r="D13"/>
+      <c r="E13"/>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s" s="2">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" t="s">
+        <v>46</v>
+      </c>
+      <c r="E14" t="s">
         <v>47</v>
       </c>
-      <c r="D14"/>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G14" t="s" s="2">
         <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>50</v>
       </c>
       <c r="D15"/>
-      <c r="E15"/>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
       <c r="F15" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G15" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G16" t="s" s="2">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G17" t="s" s="2">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="G18" t="s" s="2">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C19" t="s">
         <v>61</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G19" t="s" s="2">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B20" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C20" t="s">
         <v>64</v>
       </c>
-      <c r="D20" t="s">
+      <c r="D20"/>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G20" t="s" s="2">
         <v>65</v>
-      </c>
-[...5 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="F21" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G21" t="s" s="2">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="G22" t="s" s="2">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="B23" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C23" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>71</v>
+      </c>
+      <c r="D23" t="s">
+        <v>72</v>
+      </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="G23" t="s" s="2">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="B24" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" t="s">
         <v>75</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24"/>
-      <c r="E24"/>
+      <c r="E24" t="s">
+        <v>76</v>
+      </c>
       <c r="F24" t="s">
+        <v>73</v>
+      </c>
+      <c r="G24" t="s" s="2">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="B25" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="G25" t="s" s="2">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B26" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C26" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G26" t="s" s="2">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B27" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G27" t="s" s="2">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B28" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s">
+        <v>87</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28"/>
+      <c r="F28" t="s">
+        <v>83</v>
+      </c>
+      <c r="G28" t="s" s="2">
         <v>88</v>
-      </c>
-[...8 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B29" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C29" t="s">
+        <v>89</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>90</v>
+      </c>
+      <c r="F29" t="s">
+        <v>91</v>
+      </c>
+      <c r="G29" t="s" s="2">
         <v>92</v>
-      </c>
-[...6 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="C30" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="G30" t="s" s="2">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B31" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C31" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31"/>
+      <c r="F31" t="s">
+        <v>73</v>
+      </c>
+      <c r="G31" t="s" s="2">
         <v>97</v>
-      </c>
-[...8 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B32" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C32" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="F32" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G32" t="s" s="2">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B33" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" t="s">
+        <v>102</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" t="s">
+        <v>103</v>
+      </c>
+      <c r="G33" t="s" s="2">
         <v>104</v>
-      </c>
-[...9 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B34" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C34" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G34" t="s" s="2">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="B35" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
       <c r="C35" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>66</v>
+        <v>110</v>
       </c>
       <c r="G35" t="s" s="2">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B36" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C36" t="s">
+        <v>113</v>
+      </c>
+      <c r="D36" t="s">
+        <v>114</v>
+      </c>
+      <c r="E36"/>
+      <c r="F36" t="s">
+        <v>73</v>
+      </c>
+      <c r="G36" t="s" s="2">
         <v>115</v>
-      </c>
-[...8 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B37" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C37" t="s">
+        <v>116</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>117</v>
+      </c>
+      <c r="F37" t="s">
+        <v>118</v>
+      </c>
+      <c r="G37" t="s" s="2">
         <v>119</v>
-      </c>
-[...6 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B38" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C38" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>122</v>
+        <v>73</v>
       </c>
       <c r="G38" t="s" s="2">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B39" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="C39" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G39" t="s" s="2">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B40" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C40" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G40" t="s" s="2">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="B41" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="C41" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="G41" t="s" s="2">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B42" t="s">
+        <v>131</v>
+      </c>
+      <c r="C42" t="s">
+        <v>132</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42" t="s">
+        <v>19</v>
+      </c>
+      <c r="F42" t="s">
+        <v>133</v>
+      </c>
+      <c r="G42" t="s" s="2">
         <v>134</v>
-      </c>
-[...9 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="B43" t="s">
-        <v>30</v>
+        <v>131</v>
       </c>
       <c r="C43" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D43"/>
-      <c r="E43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E43"/>
       <c r="F43" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G43" t="s" s="2">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
+        <v>130</v>
+      </c>
+      <c r="B44" t="s">
         <v>138</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="D44" t="s">
+        <v>114</v>
+      </c>
+      <c r="E44"/>
       <c r="F44" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="G44" t="s" s="2">
-        <v>146</v>
+        <v>141</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B45" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="C45" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D45"/>
-      <c r="E45"/>
+      <c r="E45" t="s">
+        <v>144</v>
+      </c>
       <c r="F45" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G45" t="s" s="2">
-        <v>149</v>
+        <v>146</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B46" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="C46" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="F46" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="G46" t="s" s="2">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B47" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C47" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D47"/>
-      <c r="E47"/>
+      <c r="E47" t="s">
+        <v>19</v>
+      </c>
       <c r="F47" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="G47" t="s" s="2">
-        <v>156</v>
+        <v>153</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B48" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C48" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D48"/>
-      <c r="E48"/>
+      <c r="E48" t="s">
+        <v>19</v>
+      </c>
       <c r="F48" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="G48" t="s" s="2">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>160</v>
+        <v>142</v>
       </c>
       <c r="B49" t="s">
-        <v>161</v>
+        <v>105</v>
       </c>
       <c r="C49" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D49"/>
-      <c r="E49"/>
+      <c r="E49" t="s">
+        <v>51</v>
+      </c>
       <c r="F49" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="G49" t="s" s="2">
-        <v>164</v>
+        <v>158</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>160</v>
+        <v>142</v>
       </c>
       <c r="B50" t="s">
-        <v>161</v>
+        <v>105</v>
       </c>
       <c r="C50" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="G50" t="s" s="2">
-        <v>166</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>160</v>
+        <v>142</v>
       </c>
       <c r="B51" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="C51" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="D51"/>
-      <c r="E51"/>
+      <c r="E51" t="s">
+        <v>19</v>
+      </c>
       <c r="F51" t="s">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="G51" t="s" s="2">
-        <v>169</v>
+        <v>162</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B52" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C52" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="G52" t="s" s="2">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="B53" t="s">
-        <v>8</v>
+        <v>131</v>
       </c>
       <c r="C53" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="G53" t="s" s="2">
-        <v>175</v>
+        <v>168</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
+        <v>169</v>
       </c>
       <c r="C54" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="G54" t="s" s="2">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="B55" t="s">
-        <v>8</v>
+        <v>169</v>
       </c>
       <c r="C55" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="G55" t="s" s="2">
-        <v>181</v>
+        <v>174</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>177</v>
       </c>
       <c r="G56" t="s" s="2">
-        <v>183</v>
+        <v>178</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>180</v>
       </c>
       <c r="G57" t="s" s="2">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D58"/>
-      <c r="E58"/>
+      <c r="E58" t="s">
+        <v>51</v>
+      </c>
       <c r="F58" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="G58" t="s" s="2">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="G59" t="s" s="2">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B60" t="s">
-        <v>191</v>
+        <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="D60"/>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E60"/>
       <c r="F60" t="s">
-        <v>194</v>
+        <v>183</v>
       </c>
       <c r="G60" t="s" s="2">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B61" t="s">
-        <v>191</v>
+        <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="G61" t="s" s="2">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B62" t="s">
-        <v>199</v>
+        <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>200</v>
-[...6 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62"/>
       <c r="F62" t="s">
-        <v>202</v>
+        <v>177</v>
       </c>
       <c r="G62" t="s" s="2">
-        <v>203</v>
+        <v>193</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B63" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C63" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="D63"/>
       <c r="E63" t="s">
-        <v>205</v>
+        <v>51</v>
       </c>
       <c r="F63" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="G63" t="s" s="2">
-        <v>207</v>
+        <v>197</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B64" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C64" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>205</v>
+        <v>51</v>
       </c>
       <c r="F64" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="G64" t="s" s="2">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>211</v>
+        <v>175</v>
       </c>
       <c r="B65" t="s">
-        <v>8</v>
+        <v>201</v>
       </c>
       <c r="C65" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-      <c r="E65"/>
+        <v>202</v>
+      </c>
+      <c r="D65" t="s">
+        <v>72</v>
+      </c>
+      <c r="E65" t="s">
+        <v>203</v>
+      </c>
       <c r="F65" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="G65" t="s" s="2">
-        <v>214</v>
+        <v>205</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>211</v>
+        <v>175</v>
       </c>
       <c r="B66" t="s">
-        <v>8</v>
+        <v>201</v>
       </c>
       <c r="C66" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="D66"/>
-      <c r="E66"/>
+      <c r="E66" t="s">
+        <v>51</v>
+      </c>
       <c r="F66" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="G66" t="s" s="2">
-        <v>217</v>
+        <v>208</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
+        <v>175</v>
+      </c>
+      <c r="B67" t="s">
+        <v>201</v>
+      </c>
+      <c r="C67" t="s">
+        <v>209</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67" t="s">
+        <v>210</v>
+      </c>
+      <c r="F67" t="s">
+        <v>207</v>
+      </c>
+      <c r="G67" t="s" s="2">
         <v>211</v>
-      </c>
-[...12 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B68" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="G68" t="s" s="2">
-        <v>222</v>
+        <v>215</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B69" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="G69" t="s" s="2">
-        <v>224</v>
+        <v>218</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="B70" t="s">
-        <v>130</v>
+        <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="G70" t="s" s="2">
-        <v>228</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="B71" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="C71" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="D71"/>
-      <c r="E71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E71"/>
       <c r="F71" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="G71"/>
+        <v>222</v>
+      </c>
+      <c r="G71" t="s" s="2">
+        <v>223</v>
+      </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" t="s">
+        <v>44</v>
+      </c>
+      <c r="C72" t="s">
+        <v>224</v>
+      </c>
+      <c r="D72"/>
+      <c r="E72"/>
+      <c r="F72" t="s">
+        <v>222</v>
+      </c>
+      <c r="G72" t="s" s="2">
         <v>225</v>
-      </c>
-[...14 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B73" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C73" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="F73" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G73" t="s" s="2">
-        <v>237</v>
+        <v>230</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B74" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C74" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
+        <v>51</v>
+      </c>
+      <c r="F74" t="s">
+        <v>229</v>
+      </c>
+      <c r="G74" t="s" s="2">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>226</v>
+      </c>
+      <c r="B75" t="s">
+        <v>138</v>
+      </c>
+      <c r="C75" t="s">
+        <v>233</v>
+      </c>
+      <c r="D75"/>
+      <c r="E75"/>
+      <c r="F75" t="s">
+        <v>234</v>
+      </c>
+      <c r="G75" t="s" s="2">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>226</v>
+      </c>
+      <c r="B76" t="s">
+        <v>138</v>
+      </c>
+      <c r="C76" t="s">
+        <v>236</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76" t="s">
+        <v>237</v>
+      </c>
+      <c r="F76" t="s">
+        <v>234</v>
+      </c>
+      <c r="G76" t="s" s="2">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>226</v>
+      </c>
+      <c r="B77" t="s">
+        <v>138</v>
+      </c>
+      <c r="C77" t="s">
         <v>239</v>
       </c>
-      <c r="F74" t="s">
-[...2 lines deleted...]
-      <c r="G74" t="s" s="2">
+      <c r="D77"/>
+      <c r="E77" t="s">
         <v>240</v>
+      </c>
+      <c r="F77" t="s">
+        <v>234</v>
+      </c>
+      <c r="G77"/>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>226</v>
+      </c>
+      <c r="B78" t="s">
+        <v>138</v>
+      </c>
+      <c r="C78" t="s">
+        <v>241</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78" t="s">
+        <v>242</v>
+      </c>
+      <c r="F78" t="s">
+        <v>234</v>
+      </c>
+      <c r="G78" t="s" s="2">
+        <v>243</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1" location="" display="mailto:Iris.Marstaller@viadonau.org"/>
     <hyperlink ref="G3" r:id="rId2" location="" display="mailto:gert-jan.muilerman@viadonau.org"/>
     <hyperlink ref="G4" r:id="rId3" location="" display="mailto:Markus.Simoner@bmk.gv.at"/>
-    <hyperlink ref="G5" r:id="rId4" location="" display="mailto:viktoria.Weissenburger@viadonau.org"/>
-[...67 lines deleted...]
-    <hyperlink ref="G74" r:id="rId72" location="" display="mailto:sgmarinova@mvr.bg"/>
+    <hyperlink ref="G5" r:id="rId4" location="" display="mailto:Sonja.Schmidbauer@viadonau.org"/>
+    <hyperlink ref="G6" r:id="rId5" location="" display="mailto:viktoria.Weissenburger@viadonau.org"/>
+    <hyperlink ref="G7" r:id="rId6" location="" display="mailto:cristian.dobritoiu@mt.ro"/>
+    <hyperlink ref="G8" r:id="rId7" location="" display="mailto:comunicare@mt.ro"/>
+    <hyperlink ref="G9" r:id="rId8" location="" display="mailto:monica.patrichi@mt.ro"/>
+    <hyperlink ref="G10" r:id="rId9" location="" display="mailto:aleksandar.banjac@mgsi.gov.rs"/>
+    <hyperlink ref="G11" r:id="rId10" location="" display="mailto:hajdukovicksenija@gmail.com"/>
+    <hyperlink ref="G12" r:id="rId11" location="" display="mailto:jovko.jacimovic@mgsi.gov.rs"/>
+    <hyperlink ref="G13" r:id="rId12" location="" display="mailto:zivana.lukovic@mgsi.gov.rs"/>
+    <hyperlink ref="G14" r:id="rId13" location="" display="mailto:Franc.Zepic@gov.si"/>
+    <hyperlink ref="G15" r:id="rId14" location="" display="mailto:beno.fekonja@gov.si"/>
+    <hyperlink ref="G16" r:id="rId15" location="" display="mailto:mitja.oberlintner@gov.si"/>
+    <hyperlink ref="G17" r:id="rId16" location="" display="mailto:igor.princic@gov.si"/>
+    <hyperlink ref="G18" r:id="rId17" location="" display="mailto:antonela.zizic@gov.si"/>
+    <hyperlink ref="G19" r:id="rId18" location="" display="mailto:vit.fencl@mpo.gov.cz"/>
+    <hyperlink ref="G20" r:id="rId19" location="" display="mailto:ludmila.mychajlivova@mpo.gov.cz"/>
+    <hyperlink ref="G21" r:id="rId20" location="" display="mailto:mikulas.schlosser@mpo.gov.cz"/>
+    <hyperlink ref="G22" r:id="rId21" location="" display="mailto:tomas.vondra@mpo.gov.cz"/>
+    <hyperlink ref="G23" r:id="rId22" location="" display="mailto:agnes.barber@mfa.gov.hu"/>
+    <hyperlink ref="G24" r:id="rId23" location="" display="mailto:zsvoros@mfa.gov.hu"/>
+    <hyperlink ref="G25" r:id="rId24" location="" display="mailto:annamaria.nador@mfa.gov.hu"/>
+    <hyperlink ref="G26" r:id="rId25" location="" display="mailto:d.ivanova@tourism.government.bg"/>
+    <hyperlink ref="G27" r:id="rId26" location="" display="mailto:z.lyutova@tourism.government.bg"/>
+    <hyperlink ref="G28" r:id="rId27" location="" display="mailto:N.Manevski@tourism.government.bg"/>
+    <hyperlink ref="G29" r:id="rId28" location="" display="mailto:liviu.bailesteanu@mdlpa.gov.ro"/>
+    <hyperlink ref="G30" r:id="rId29" location="" display="mailto:irina.cozma@mdlpa.gov.ro"/>
+    <hyperlink ref="G31" r:id="rId30" location="" display="mailto:Diana.Heilmann@mfa.gov.hu"/>
+    <hyperlink ref="G32" r:id="rId31" location="" display="mailto:zsuzsanna.kocsiskupper@gmail.com"/>
+    <hyperlink ref="G33" r:id="rId32" location="" display="mailto:pesel.marton@ovf.hu"/>
+    <hyperlink ref="G34" r:id="rId33" location="" display="mailto:danka.thalmeinerova@enviro.gov.sk"/>
+    <hyperlink ref="G35" r:id="rId34" location="" display="mailto:andrea.vranovska@vuvh.sk"/>
+    <hyperlink ref="G36" r:id="rId35" location="" display="mailto:viktor.oroszi@mfa.gov.hu"/>
+    <hyperlink ref="G37" r:id="rId36" location="" display="mailto:balatonyi.laszlo@ovf.hu"/>
+    <hyperlink ref="G38" r:id="rId37" location="" display="mailto:Martin.Robert.Kiss@mfa.gov.hu"/>
+    <hyperlink ref="G39" r:id="rId38" location="" display="mailto:Kinga.Perge@mfa.gov.hu"/>
+    <hyperlink ref="G40" r:id="rId39" location="" display="mailto:gheorghe.constantin@mmediu.ro"/>
+    <hyperlink ref="G41" r:id="rId40" location="" display="mailto:manuela.miron@mmediu.ro"/>
+    <hyperlink ref="G42" r:id="rId41" location="" display="mailto:Helena.StulecPeternek@mzozt.hr"/>
+    <hyperlink ref="G43" r:id="rId42" location="" display="mailto:Ana.Kobaslic@mzozt.hr"/>
+    <hyperlink ref="G44" r:id="rId43" location="" display="mailto:florian.ballnus@stmuv.bayern.de"/>
+    <hyperlink ref="G45" r:id="rId44" location="" display="mailto:dijana.strbac@ien.bg.ac.rs"/>
+    <hyperlink ref="G46" r:id="rId45" location="" display="mailto:viktor.nedovic@mpn.gov.rs"/>
+    <hyperlink ref="G47" r:id="rId46" location="" display="mailto:barbora.banicova@minedu.sk"/>
+    <hyperlink ref="G48" r:id="rId47" location="" display="mailto:Dominika.Siposova@cvtisr.sk"/>
+    <hyperlink ref="G49" r:id="rId48" location="" display="mailto:lubica.pitlova@cvtisr.sk"/>
+    <hyperlink ref="G50" r:id="rId49" location="" display="mailto:jaroslava.szudi@minedu.sk"/>
+    <hyperlink ref="G51" r:id="rId50" location="" display="mailto:tomas.tabis@minedu.sk"/>
+    <hyperlink ref="G52" r:id="rId51" location="" display="mailto:helia.kovacevicgrcic@mingo.hr"/>
+    <hyperlink ref="G53" r:id="rId52" location="" display="mailto:karmen.maricic@mingo.hr"/>
+    <hyperlink ref="G54" r:id="rId53" location="" display="mailto:Alexandra.Goelz@wm.bwl.de"/>
+    <hyperlink ref="G55" r:id="rId54" location="" display="mailto:Carmen.Hawkins@wm.bwl.de"/>
+    <hyperlink ref="G56" r:id="rId55" location="" display="mailto:enengl@lrsocialresearch.at"/>
+    <hyperlink ref="G57" r:id="rId56" location="" display="mailto:sarah.fellner@oead.at"/>
+    <hyperlink ref="G58" r:id="rId57" location="" display="mailto:roland.hanak@sozialministerium.gv.at"/>
+    <hyperlink ref="G59" r:id="rId58" location="" display="mailto:Dragana.Ilic-Dotunovic@oead.at"/>
+    <hyperlink ref="G60" r:id="rId59" location="" display="mailto:Joerg.Mirtl@sozialministerium.gv.at"/>
+    <hyperlink ref="G61" r:id="rId60" location="" display="mailto:juergen.schick@bmb.gv.at"/>
+    <hyperlink ref="G62" r:id="rId61" location="" display="mailto:Willsberger@lrsocialresearch.at"/>
+    <hyperlink ref="G63" r:id="rId62" location="" display="mailto:anna.gherganova@social.gov.md"/>
+    <hyperlink ref="G64" r:id="rId63" location="" display="mailto:ludmila.pavlov@mec.gov.md"/>
+    <hyperlink ref="G65" r:id="rId64" location="" display="mailto:n.afanasieva@uiip.org.ua"/>
+    <hyperlink ref="G66" r:id="rId65" location="" display="mailto:tm.movchan@gmail.com"/>
+    <hyperlink ref="G67" r:id="rId66" location="" display="mailto:viktoria.karbysheva@gmail.com"/>
+    <hyperlink ref="G68" r:id="rId67" location="" display="mailto:claudia.singer@pa10-danube.eu"/>
+    <hyperlink ref="G69" r:id="rId68" location="" display="mailto:Andreea.Prasacu@pa10-danube.eu"/>
+    <hyperlink ref="G70" r:id="rId69" location="" display="mailto:simone.boehm-gartner@pa10-danube.eu"/>
+    <hyperlink ref="G71" r:id="rId70" location="" display="mailto:jernej.grahor@cep.si"/>
+    <hyperlink ref="G72" r:id="rId71" location="" display="mailto:marjana.tisler@cep.si"/>
+    <hyperlink ref="G73" r:id="rId72" location="" display="mailto:bboteva.14@mvr.bg"/>
+    <hyperlink ref="G74" r:id="rId73" location="" display="mailto:rkukushev.14@mvr.bg"/>
+    <hyperlink ref="G75" r:id="rId74" location="" display="mailto:stmi.eusdr@polizei.bayern.de"/>
+    <hyperlink ref="G76" r:id="rId75" location="" display="mailto:Fabienne.Reiner@bmi.bund.de"/>
+    <hyperlink ref="G78" r:id="rId76" location="" display="mailto:stmi.sachgebiet-c13-eusdr@polizei.bayern.de"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>