--- v0 (2025-10-24)
+++ v1 (2026-02-03)
@@ -9,413 +9,425 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="209">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Function</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Mr Roland Arbter</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Federal Ministry of Agriculture, Forestry, Regions and Water Management</t>
   </si>
   <si>
-    <t>roland.arbter@bml.gv.at</t>
+    <t>roland.arbter@bmluk.gv.at</t>
   </si>
   <si>
     <t>Mr Harald Stranzl</t>
   </si>
   <si>
     <t>Federal Ministry for European and International Affairs</t>
   </si>
   <si>
     <t>harald.stranzl@bmeia.gv.at</t>
   </si>
   <si>
     <t>Ms Margarethe Kögeler</t>
   </si>
   <si>
     <t>NC team</t>
   </si>
   <si>
     <t>margarethe.koegeler@bmeia.gv.at</t>
   </si>
   <si>
     <t>Mr Georg-Christian Lack</t>
   </si>
   <si>
     <t>georg-christian.lack@bmeia.gv.at</t>
   </si>
   <si>
-    <t>Mr Christoph Mautner Markhof</t>
-[...2 lines deleted...]
-    <t>christoph.mautner-markhof@bmeia.gv.at</t>
+    <t>Ms Theodora Alwina Veronika Löw</t>
+  </si>
+  <si>
+    <t>Theodora.loew@bmeia.gv.at</t>
   </si>
   <si>
     <t>Ms Jutta Moll-Marwan</t>
   </si>
   <si>
-    <t>jutta.moll-marwan@bml.gv.at</t>
+    <t>jutta.moll-marwan@bmluk.gv.at</t>
   </si>
   <si>
     <t>Ms Claudia Schaefers</t>
   </si>
   <si>
-    <t>claudia.schaefers@bml.gv.at</t>
+    <t>claudia.schaefers@bmluk.gv.at</t>
   </si>
   <si>
     <t>Ms Anna Maria Kramann</t>
   </si>
   <si>
     <t>NCP</t>
   </si>
   <si>
     <t>support to NC AT</t>
   </si>
   <si>
     <t>Austrian Conference on Spatial Planning (ÖROK)</t>
   </si>
   <si>
     <t>kramann@oerok.gv.at</t>
   </si>
   <si>
-    <t>Baden-Württemberg (DE)</t>
+    <t>Bosnia and Herzegovina</t>
+  </si>
+  <si>
+    <t>Mr Midhat Džemić</t>
+  </si>
+  <si>
+    <t>Head of Section for Coordination of Public Governance and the Rule of Law Programmes</t>
+  </si>
+  <si>
+    <t>Directorate for European Integration</t>
+  </si>
+  <si>
+    <t>midhat.dzemic@dei.gov.ba</t>
+  </si>
+  <si>
+    <t>Ms Lana Babić</t>
+  </si>
+  <si>
+    <t>lana.babic@dei.gov.ba</t>
+  </si>
+  <si>
+    <t>Mr Goran Behmen</t>
+  </si>
+  <si>
+    <t>Ambassador at Large</t>
+  </si>
+  <si>
+    <t>Ministry of Foreign Affairs</t>
+  </si>
+  <si>
+    <t>goran.behmen@mvp.gov.ba</t>
+  </si>
+  <si>
+    <t>Ms Danijela Bugarin</t>
+  </si>
+  <si>
+    <t>danijela.bugarin@dei.gov.ba</t>
+  </si>
+  <si>
+    <t>Ms Naida Dilić</t>
+  </si>
+  <si>
+    <t>naida.dilic@dei.gov.ba</t>
+  </si>
+  <si>
+    <t>Ms Amra Hadžiosmanović</t>
+  </si>
+  <si>
+    <t>Minister-Counsellor</t>
+  </si>
+  <si>
+    <t>amra.hadziosmanovic@mvp.gov.ba</t>
+  </si>
+  <si>
+    <t>Ms Zara Halilović</t>
+  </si>
+  <si>
+    <t>zara.halilovic@dei.gov.ba</t>
+  </si>
+  <si>
+    <t>Mr Filip Krešić</t>
+  </si>
+  <si>
+    <t>filip.kresic@dei.gov.ba</t>
+  </si>
+  <si>
+    <t>Mr Senad Lulo</t>
+  </si>
+  <si>
+    <t>senad.lulo@dei.gov.ba</t>
+  </si>
+  <si>
+    <t>Ms Sandra Memišević</t>
+  </si>
+  <si>
+    <t>sandra.memisevic@dei.gov.ba</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>Ms Vyara Mincheva</t>
+  </si>
+  <si>
+    <t>Ministry of Regional Development and Public Works</t>
+  </si>
+  <si>
+    <t>vmincheva@mrrb.government.bg</t>
+  </si>
+  <si>
+    <t>Ms Kristina Krusteva</t>
+  </si>
+  <si>
+    <t>First Secretary</t>
+  </si>
+  <si>
+    <t>Permanent Representation of Bulgaria to the EU (Brussels)</t>
+  </si>
+  <si>
+    <t>kristina.krusteva@bg-permrep.eu</t>
+  </si>
+  <si>
+    <t>Ms Darinka Parvanova</t>
+  </si>
+  <si>
+    <t>dparvanova@mrrb.government.bg</t>
+  </si>
+  <si>
+    <t>Ms Bilyana Rilska</t>
+  </si>
+  <si>
+    <t>bilyana.rilska@mrrb.government.bg</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>Ms Stella Arneri</t>
+  </si>
+  <si>
+    <t>Ministry of Regional Development and EU Funds</t>
+  </si>
+  <si>
+    <t>stella.arneri@mrrfeu.hr</t>
+  </si>
+  <si>
+    <t>Ms Lidija Pansegrau Hadrović</t>
+  </si>
+  <si>
+    <t>Ministry of Foreign and European Affairs</t>
+  </si>
+  <si>
+    <t>Lidija.Pansegrau-Hadrovic@mvep.hr</t>
+  </si>
+  <si>
+    <t>Mr Mislav Kovač</t>
+  </si>
+  <si>
+    <t>mislav.kovac@mrrfeu.hr</t>
+  </si>
+  <si>
+    <t>Ms Tatjana Kralj</t>
+  </si>
+  <si>
+    <t>Counsellor</t>
+  </si>
+  <si>
+    <t>tatjana.kralj@mrrfeu.hr</t>
+  </si>
+  <si>
+    <t>Mr Ivan Lajtman</t>
+  </si>
+  <si>
+    <t>ivan.lajtman@mrrfeu.hr</t>
+  </si>
+  <si>
+    <t>Mr Marko Opančar</t>
+  </si>
+  <si>
+    <t>Senior Expert Advisor</t>
+  </si>
+  <si>
+    <t>marko.opancar@mrrfeu.hr</t>
+  </si>
+  <si>
+    <t>Ms Marija Pandžić</t>
+  </si>
+  <si>
+    <t>Marija.Pandzic@mvep.hr</t>
+  </si>
+  <si>
+    <t>Ms Andrea Šelendić</t>
+  </si>
+  <si>
+    <t>Andrea.Selendic@mvep.hr</t>
+  </si>
+  <si>
+    <t>Mr Luka Vujnović</t>
+  </si>
+  <si>
+    <t>luka.vujnovic@mvep.hr</t>
+  </si>
+  <si>
+    <t>Mr Domagoj Vukušić</t>
+  </si>
+  <si>
+    <t>Domagoj.Vukusic@mrrfeu.hr</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>Ms Iveta Daňková</t>
+  </si>
+  <si>
+    <t>Office of the Government of the Czech Republic</t>
+  </si>
+  <si>
+    <t>Iveta.Dankova@vlada.gov.cz</t>
+  </si>
+  <si>
+    <t>Ms Iva Kopečná</t>
+  </si>
+  <si>
+    <t>Iva.Kopecna@vlada.gov.cz</t>
+  </si>
+  <si>
+    <t>Mr Ondřej Matoušek</t>
+  </si>
+  <si>
+    <t>Head of COREPER II Unit</t>
+  </si>
+  <si>
+    <t>matousek.ondrej@vlada.cz</t>
+  </si>
+  <si>
+    <t>Germany / Baden-Württemberg</t>
   </si>
   <si>
     <t>Ms Niombo Lomba</t>
   </si>
   <si>
     <t>Head of the Service Unit</t>
   </si>
   <si>
     <t>Baden-Württemberg State Ministry</t>
   </si>
   <si>
     <t>niombo.lomba@stm.bwl.de</t>
   </si>
   <si>
-    <t>Bavaria (DE)</t>
-[...2 lines deleted...]
-    <t>Mr Ballnus Florian</t>
+    <t>Ms Ingrid Taschek</t>
+  </si>
+  <si>
+    <t>NC Team</t>
+  </si>
+  <si>
+    <t>Education, Youth and Sport; Representation of the State of Baden-Württemberg to the European Union</t>
+  </si>
+  <si>
+    <t>ingrid.taschek@bruessel.bwl.de</t>
+  </si>
+  <si>
+    <t>Germany / Bavaria</t>
+  </si>
+  <si>
+    <t>Mr Florian Ballnus</t>
   </si>
   <si>
     <t>Bavarian State Ministry of the Environment and Consumer Protection</t>
   </si>
   <si>
     <t>florian.ballnus@stmuv.bayern.de</t>
   </si>
   <si>
     <t>Mr Stephan Waggershauser</t>
   </si>
   <si>
     <t>Head of Unit Finances, Regional policy, Justice, Interior, Research, Transport</t>
   </si>
   <si>
     <t>Bavarian State Chancellery</t>
   </si>
   <si>
     <t>stephan.waggershauser@stk.bayern.de</t>
   </si>
   <si>
     <t>Ms Clara Emmerich</t>
   </si>
   <si>
     <t>clara.emmerich@stk.bayern.de</t>
   </si>
   <si>
-    <t>Bosnia and Herzegovina</t>
-[...218 lines deleted...]
-    <t>Ms Anaïs Bordes</t>
+    <t>Germany / Federal</t>
+  </si>
+  <si>
+    <t>Ms Nina-Maria Appenzeller</t>
   </si>
   <si>
     <t>Federal Foreign Office</t>
   </si>
   <si>
-    <t>e22-5@auswaertiges-amt.de</t>
+    <t>e22-2@auswaertiges-amt.de</t>
   </si>
   <si>
     <t>Ms Catalina Cullas</t>
   </si>
   <si>
     <t>Desk officer</t>
   </si>
   <si>
     <t>e-b-2@auswaertiges-amt.de</t>
   </si>
   <si>
     <t>Mr Thomas Lenk</t>
   </si>
   <si>
     <t>e22-rl@auswaertiges-amt.de</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>General contact</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs and Trade</t>
   </si>
@@ -449,192 +461,195 @@
   <si>
     <t>tatiana.nirca@midr.gov.md</t>
   </si>
   <si>
     <t>Ms Aurelia Ciornei</t>
   </si>
   <si>
     <t>aurelia.ciornei@midr.gov.md</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>Mr Miloš Marković</t>
   </si>
   <si>
     <t>Acting Director General of the Directorate for European Territorial Cooperation</t>
   </si>
   <si>
     <t>Ministry of European Affairs</t>
   </si>
   <si>
     <t>milos.markovic@mep.gov.me</t>
   </si>
   <si>
+    <t>Ms Violeta Berišaj</t>
+  </si>
+  <si>
+    <t>violeta.berisaj@mfa.gov.me</t>
+  </si>
+  <si>
     <t>Ms Tatjana Bošković</t>
   </si>
   <si>
     <t>tatjana.boskovic@mep.gov.me</t>
   </si>
   <si>
     <t>Mr Miloš Damjanović</t>
   </si>
   <si>
     <t>milos.damjanovic@mep.gov.me</t>
   </si>
   <si>
     <t>Ms Tijana Đoković Vlahović</t>
   </si>
   <si>
     <t>tijana.djokovic@mep.gov.me</t>
   </si>
   <si>
+    <t>Mr Marko Srdanović</t>
+  </si>
+  <si>
+    <t>marko.srdanovic@mfa.gov.me</t>
+  </si>
+  <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Mr Răzvan Ștefan Rab</t>
   </si>
   <si>
     <t>razvan-stefan.rab@mae.rosuerdmae.ro</t>
   </si>
   <si>
     <t>Mr Valentin Panait</t>
   </si>
   <si>
     <t>valentin.panait@mae.ro</t>
   </si>
   <si>
     <t>Mr Alin-Lucian Stanescu</t>
   </si>
   <si>
     <t>Permanent Representation of Romania to the EU (Brussels)</t>
   </si>
   <si>
-    <t>alin.stanescu@rpro.eu</t>
+    <t>alin.stanescu@mae.ro</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>Mr Mihajilo Dašić</t>
   </si>
   <si>
-    <t>Advisor to the Minister of European Integration</t>
+    <t>Ministry of European Integration</t>
   </si>
   <si>
     <t>mihajilo.dasic@mei.gov.rs</t>
   </si>
   <si>
     <t>Ms Ivana Davidović</t>
   </si>
   <si>
     <t>Head of Group for Coordination of EU Macro-Regional Strategies and Transnational Programmes</t>
   </si>
   <si>
-    <t>Ministry of European Integration</t>
-[...1 lines deleted...]
-  <si>
     <t>ivana.davidovic@mei.gov.rs</t>
   </si>
   <si>
     <t>Ms Jelena Đorgović</t>
   </si>
   <si>
     <t>jelena.djorgovic@mei.gov.rs</t>
   </si>
   <si>
     <t>Mr Miloš Golubović</t>
   </si>
   <si>
     <t>milos.golubovic@mei.gov.rs</t>
   </si>
   <si>
     <t>Ms Kristina Milosavljević</t>
   </si>
   <si>
     <t>Minister Counsellor</t>
   </si>
   <si>
     <t>kristina.milosavljevic@mfa.rs</t>
   </si>
   <si>
     <t>Mr Rade Mirković</t>
   </si>
   <si>
     <t>rade.mirkovic@mei.gov.rs</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Ms Nina Bratková</t>
   </si>
   <si>
     <t>Ministry of Investments, Regional Development and Informatization</t>
   </si>
   <si>
-    <t>nina.bratkova@cvtisr.sk</t>
+    <t>nina.bratkova@mirri.gov.sk</t>
   </si>
   <si>
     <t>Mr František Koločány</t>
   </si>
   <si>
-    <t>frantisek.kolocany@vlada.gov.sk</t>
+    <t>Ministry of Investments, Regional Development and Informatization of the Slovak Republic</t>
+  </si>
+  <si>
+    <t>frantisek.kolocany@mirri.gov.sk</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Ms Tanja Strniša</t>
   </si>
   <si>
     <t>tanja.strnisa@gov.si</t>
   </si>
   <si>
     <t>Ms Mojca Aljančič</t>
   </si>
   <si>
     <t>Ministry of Cohesion and Regional Development</t>
   </si>
   <si>
     <t>mojca.aljancic@gov.si</t>
   </si>
   <si>
     <t>Mr Dimitrij Pur</t>
   </si>
   <si>
     <t>dimitrij.pur@gov.si</t>
-  </si>
-[...7 lines deleted...]
-    <t>spela.smuk@gov.si</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Ms Nadija Afanasieva</t>
   </si>
   <si>
     <t>Director</t>
   </si>
   <si>
     <t>Ukrainian Institute for International Politics</t>
   </si>
   <si>
     <t>n.afanasieva@uiip.org.ua</t>
   </si>
   <si>
     <t>Ms Liudmyla Makarenko</t>
   </si>
   <si>
     <t>Ministry for Communities, Territories and Infrastructure Development of Ukraine</t>
   </si>
   <si>
     <t>l.makarenko@mtu.gov.ua</t>
   </si>
@@ -686,131 +701,133 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roland.arbter@bml.gv.at" TargetMode="External"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roland.arbter@bmluk.gv.at" TargetMode="External"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harald.stranzl@bmeia.gv.at" TargetMode="External"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margarethe.koegeler@bmeia.gv.at" TargetMode="External"/>
 <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georg-christian.lack@bmeia.gv.at" TargetMode="External"/>
-<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christoph.mautner-markhof@bmeia.gv.at" TargetMode="External"/>
-[...1 lines deleted...]
-<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.schaefers@bml.gv.at" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Theodora.loew@bmeia.gv.at" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jutta.moll-marwan@bmluk.gv.at" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.schaefers@bmluk.gv.at" TargetMode="External"/>
 <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kramann@oerok.gv.at" TargetMode="External"/>
-<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niombo.lomba@stm.bwl.de" TargetMode="External"/>
-[...59 lines deleted...]
-<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.omelchenko@uiip.org.ua" TargetMode="External"/></Relationships>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:midhat.dzemic@dei.gov.ba" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lana.babic@dei.gov.ba" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:goran.behmen@mvp.gov.ba" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danijela.bugarin@dei.gov.ba" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naida.dilic@dei.gov.ba" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amra.hadziosmanovic@mvp.gov.ba" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zara.halilovic@dei.gov.ba" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:filip.kresic@dei.gov.ba" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:senad.lulo@dei.gov.ba" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.memisevic@dei.gov.ba" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vmincheva@mrrb.government.bg" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristina.krusteva@bg-permrep.eu" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dparvanova@mrrb.government.bg" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bilyana.rilska@mrrb.government.bg" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stella.arneri@mrrfeu.hr" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lidija.Pansegrau-Hadrovic@mvep.hr" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mislav.kovac@mrrfeu.hr" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatjana.kralj@mrrfeu.hr" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivan.lajtman@mrrfeu.hr" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marko.opancar@mrrfeu.hr" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marija.Pandzic@mvep.hr" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.Selendic@mvep.hr" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luka.vujnovic@mvep.hr" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Domagoj.Vukusic@mrrfeu.hr" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Iveta.Dankova@vlada.gov.cz" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Iva.Kopecna@vlada.gov.cz" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matousek.ondrej@vlada.cz" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niombo.lomba@stm.bwl.de" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ingrid.taschek@bruessel.bwl.de" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:florian.ballnus@stmuv.bayern.de" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephan.waggershauser@stk.bayern.de" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clara.emmerich@stk.bayern.de" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e22-2@auswaertiges-amt.de" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-b-2@auswaertiges-amt.de" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e22-rl@auswaertiges-amt.de" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vizdiplomacia@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:viktor.oroszi@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agnes.barber@mfa.gov.hu" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.nirca@midr.gov.md" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurelia.ciornei@midr.gov.md" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milos.markovic@mep.gov.me" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:violeta.berisaj@mfa.gov.me" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatjana.boskovic@mep.gov.me" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milos.damjanovic@mep.gov.me" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tijana.djokovic@mep.gov.me" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marko.srdanovic@mfa.gov.me" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:razvan-stefan.rab@mae.rosuerdmae.ro" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentin.panait@mae.ro" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alin.stanescu@mae.ro" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mihajilo.dasic@mei.gov.rs" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivana.davidovic@mei.gov.rs" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jelena.djorgovic@mei.gov.rs" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milos.golubovic@mei.gov.rs" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristina.milosavljevic@mfa.rs" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rade.mirkovic@mei.gov.rs" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nina.bratkova@mirri.gov.sk" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frantisek.kolocany@mirri.gov.sk" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanja.strnisa@gov.si" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mojca.aljancic@gov.si" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dimitrij.pur@gov.si" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n.afanasieva@uiip.org.ua" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:l.makarenko@mtu.gov.ua" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.omelchenko@uiip.org.ua" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:F70"/>
+  <dimension ref="A1:F72"/>
   <cols>
-    <col min="1" max="1" width="23" customWidth="1"/>
-    <col min="2" max="2" width="29" customWidth="1"/>
+    <col min="1" max="1" width="28" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
-    <col min="6" max="6" width="38" customWidth="1"/>
+    <col min="6" max="6" width="36" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
@@ -957,1231 +974,1269 @@
         <v>29</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s" s="2">
         <v>34</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
         <v>35</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s" s="2">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" t="s">
         <v>39</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="F12" t="s" s="2">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s" s="2">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D14"/>
       <c r="E14" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s" s="2">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" t="s">
         <v>45</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
         <v>15</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>46</v>
+      </c>
       <c r="E15" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="F15" t="s" s="2">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>15</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16"/>
       <c r="E16" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F16" t="s" s="2">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>15</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="F17" t="s" s="2">
-        <v>57</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>15</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="F18" t="s" s="2">
-        <v>59</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="B19" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>15</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19"/>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F19" t="s" s="2">
-        <v>62</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="B20" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F20" t="s" s="2">
-        <v>64</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="B21" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>15</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>61</v>
+      </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="F21" t="s" s="2">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F22" t="s" s="2">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="B23" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F23" t="s" s="2">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B24" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>8</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F24" t="s" s="2">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="D25"/>
       <c r="E25" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F25" t="s" s="2">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B26" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>15</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F26" t="s" s="2">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B27" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>78</v>
+      </c>
       <c r="E27" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s" s="2">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="B28" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="F28" t="s" s="2">
-        <v>86</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>68</v>
+      </c>
+      <c r="B29" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" t="s">
         <v>83</v>
       </c>
-      <c r="B29" t="s">
-[...5 lines deleted...]
-      <c r="D29"/>
       <c r="E29" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="F29" t="s" s="2">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="B30" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
         <v>15</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="F30" t="s" s="2">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="B31" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
         <v>15</v>
       </c>
-      <c r="D31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D31"/>
       <c r="E31" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="F31" t="s" s="2">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
         <v>15</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>96</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33"/>
       <c r="E33" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="F33" t="s" s="2">
-        <v>99</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="B34" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="F34" t="s" s="2">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="F35" t="s" s="2">
-        <v>103</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>100</v>
+      </c>
       <c r="E36" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="F36" t="s" s="2">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C37" t="s">
         <v>8</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>104</v>
+      </c>
       <c r="E37" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F37" t="s" s="2">
-        <v>109</v>
+        <v>106</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B38" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" t="s">
+        <v>108</v>
+      </c>
+      <c r="E38" t="s">
+        <v>109</v>
+      </c>
+      <c r="F38" t="s" s="2">
         <v>110</v>
-      </c>
-[...8 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B39" t="s">
         <v>112</v>
       </c>
       <c r="C39" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F39" t="s" s="2">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C40" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E40" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="F40" t="s" s="2">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="F41" t="s" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" t="s">
         <v>15</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42"/>
       <c r="E42" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="F42" t="s" s="2">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" t="s">
         <v>15</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>126</v>
+      </c>
       <c r="E43" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="F43" t="s" s="2">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="F44" t="s" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" t="s">
         <v>8</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F45" t="s" s="2">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C46" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F46" t="s" s="2">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C47" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D47"/>
       <c r="E47" t="s">
+        <v>132</v>
+      </c>
+      <c r="F47" t="s" s="2">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B48" t="s">
         <v>139</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D48"/>
+        <v>8</v>
+      </c>
+      <c r="D48" t="s">
+        <v>140</v>
+      </c>
       <c r="E48" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="F48" t="s" s="2">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
+        <v>138</v>
+      </c>
+      <c r="B49" t="s">
+        <v>143</v>
+      </c>
+      <c r="C49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49" t="s">
         <v>141</v>
       </c>
-      <c r="B49" t="s">
-[...8 lines deleted...]
-      <c r="E49" t="s">
+      <c r="F49" t="s" s="2">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B50" t="s">
         <v>146</v>
       </c>
       <c r="C50" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D50"/>
+        <v>8</v>
+      </c>
+      <c r="D50" t="s">
+        <v>147</v>
+      </c>
       <c r="E50" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F50" t="s" s="2">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B51" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51"/>
       <c r="E51" t="s">
-        <v>144</v>
+        <v>39</v>
       </c>
       <c r="F51" t="s" s="2">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B52" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52"/>
       <c r="E52" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F52" t="s" s="2">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C53" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>54</v>
+        <v>148</v>
       </c>
       <c r="F53" t="s" s="2">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>54</v>
+        <v>148</v>
       </c>
       <c r="F54" t="s" s="2">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55"/>
       <c r="E55" t="s">
-        <v>158</v>
+        <v>39</v>
       </c>
       <c r="F55" t="s" s="2">
         <v>159</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>160</v>
       </c>
       <c r="B56" t="s">
         <v>161</v>
       </c>
       <c r="C56" t="s">
         <v>8</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" t="s" s="2">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>160</v>
       </c>
       <c r="B57" t="s">
+        <v>163</v>
+      </c>
+      <c r="C57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57" t="s">
+        <v>39</v>
+      </c>
+      <c r="F57" t="s" s="2">
         <v>164</v>
-      </c>
-[...10 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>160</v>
       </c>
       <c r="B58" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58"/>
       <c r="E58" t="s">
         <v>166</v>
       </c>
       <c r="F58" t="s" s="2">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B59" t="s">
+        <v>169</v>
+      </c>
+      <c r="C59" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59" t="s">
         <v>170</v>
-      </c>
-[...7 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F59" t="s" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B60" t="s">
         <v>172</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60" t="s">
         <v>173</v>
       </c>
       <c r="E60" t="s">
-        <v>54</v>
+        <v>170</v>
       </c>
       <c r="F60" t="s" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B61" t="s">
         <v>175</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61"/>
       <c r="E61" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="F61" t="s" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
+        <v>168</v>
+      </c>
+      <c r="B62" t="s">
         <v>177</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>78</v>
+      </c>
+      <c r="E62" t="s">
+        <v>170</v>
+      </c>
+      <c r="F62" t="s" s="2">
         <v>178</v>
-      </c>
-[...8 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="B63" t="s">
+        <v>179</v>
+      </c>
+      <c r="C63" t="s">
+        <v>15</v>
+      </c>
+      <c r="D63" t="s">
+        <v>180</v>
+      </c>
+      <c r="E63" t="s">
+        <v>39</v>
+      </c>
+      <c r="F63" t="s" s="2">
         <v>181</v>
-      </c>
-[...8 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="B64" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C64" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>88</v>
+        <v>170</v>
       </c>
       <c r="F64" t="s" s="2">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B65" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C65" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D65"/>
       <c r="E65" t="s">
+        <v>186</v>
+      </c>
+      <c r="F65" t="s" s="2">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B66" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66"/>
       <c r="E66" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F66" t="s" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="B67" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C67" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="D67"/>
       <c r="E67" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="F67" t="s" s="2">
         <v>193</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
+        <v>191</v>
+      </c>
+      <c r="B68" t="s">
         <v>194</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68" t="s">
         <v>195</v>
       </c>
-      <c r="C68" t="s">
-[...2 lines deleted...]
-      <c r="D68" t="s">
+      <c r="F68" t="s" s="2">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B69" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69"/>
       <c r="E69" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="F69" t="s" s="2">
-        <v>201</v>
+        <v>198</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="B70" t="s">
+        <v>200</v>
+      </c>
+      <c r="C70" t="s">
+        <v>15</v>
+      </c>
+      <c r="D70" t="s">
+        <v>201</v>
+      </c>
+      <c r="E70" t="s">
         <v>202</v>
-      </c>
-[...5 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F70" t="s" s="2">
         <v>203</v>
       </c>
     </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>199</v>
+      </c>
+      <c r="B71" t="s">
+        <v>204</v>
+      </c>
+      <c r="C71" t="s">
+        <v>15</v>
+      </c>
+      <c r="D71"/>
+      <c r="E71" t="s">
+        <v>205</v>
+      </c>
+      <c r="F71" t="s" s="2">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>199</v>
+      </c>
+      <c r="B72" t="s">
+        <v>207</v>
+      </c>
+      <c r="C72" t="s">
+        <v>15</v>
+      </c>
+      <c r="D72"/>
+      <c r="E72" t="s">
+        <v>202</v>
+      </c>
+      <c r="F72" t="s" s="2">
+        <v>208</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F2" r:id="rId1" location="" display="mailto:roland.arbter@bml.gv.at"/>
+    <hyperlink ref="F2" r:id="rId1" location="" display="mailto:roland.arbter@bmluk.gv.at"/>
     <hyperlink ref="F3" r:id="rId2" location="" display="mailto:harald.stranzl@bmeia.gv.at"/>
     <hyperlink ref="F4" r:id="rId3" location="" display="mailto:margarethe.koegeler@bmeia.gv.at"/>
     <hyperlink ref="F5" r:id="rId4" location="" display="mailto:georg-christian.lack@bmeia.gv.at"/>
-    <hyperlink ref="F6" r:id="rId5" location="" display="mailto:christoph.mautner-markhof@bmeia.gv.at"/>
-[...1 lines deleted...]
-    <hyperlink ref="F8" r:id="rId7" location="" display="mailto:claudia.schaefers@bml.gv.at"/>
+    <hyperlink ref="F6" r:id="rId5" location="" display="mailto:Theodora.loew@bmeia.gv.at"/>
+    <hyperlink ref="F7" r:id="rId6" location="" display="mailto:jutta.moll-marwan@bmluk.gv.at"/>
+    <hyperlink ref="F8" r:id="rId7" location="" display="mailto:claudia.schaefers@bmluk.gv.at"/>
     <hyperlink ref="F9" r:id="rId8" location="" display="mailto:kramann@oerok.gv.at"/>
-    <hyperlink ref="F10" r:id="rId9" location="" display="mailto:niombo.lomba@stm.bwl.de"/>
-[...59 lines deleted...]
-    <hyperlink ref="F70" r:id="rId69" location="" display="mailto:m.omelchenko@uiip.org.ua"/>
+    <hyperlink ref="F10" r:id="rId9" location="" display="mailto:midhat.dzemic@dei.gov.ba"/>
+    <hyperlink ref="F11" r:id="rId10" location="" display="mailto:lana.babic@dei.gov.ba"/>
+    <hyperlink ref="F12" r:id="rId11" location="" display="mailto:goran.behmen@mvp.gov.ba"/>
+    <hyperlink ref="F13" r:id="rId12" location="" display="mailto:danijela.bugarin@dei.gov.ba"/>
+    <hyperlink ref="F14" r:id="rId13" location="" display="mailto:naida.dilic@dei.gov.ba"/>
+    <hyperlink ref="F15" r:id="rId14" location="" display="mailto:amra.hadziosmanovic@mvp.gov.ba"/>
+    <hyperlink ref="F16" r:id="rId15" location="" display="mailto:zara.halilovic@dei.gov.ba"/>
+    <hyperlink ref="F17" r:id="rId16" location="" display="mailto:filip.kresic@dei.gov.ba"/>
+    <hyperlink ref="F18" r:id="rId17" location="" display="mailto:senad.lulo@dei.gov.ba"/>
+    <hyperlink ref="F19" r:id="rId18" location="" display="mailto:sandra.memisevic@dei.gov.ba"/>
+    <hyperlink ref="F20" r:id="rId19" location="" display="mailto:vmincheva@mrrb.government.bg"/>
+    <hyperlink ref="F21" r:id="rId20" location="" display="mailto:kristina.krusteva@bg-permrep.eu"/>
+    <hyperlink ref="F22" r:id="rId21" location="" display="mailto:dparvanova@mrrb.government.bg"/>
+    <hyperlink ref="F23" r:id="rId22" location="" display="mailto:bilyana.rilska@mrrb.government.bg"/>
+    <hyperlink ref="F24" r:id="rId23" location="" display="mailto:stella.arneri@mrrfeu.hr"/>
+    <hyperlink ref="F25" r:id="rId24" location="" display="mailto:Lidija.Pansegrau-Hadrovic@mvep.hr"/>
+    <hyperlink ref="F26" r:id="rId25" location="" display="mailto:mislav.kovac@mrrfeu.hr"/>
+    <hyperlink ref="F27" r:id="rId26" location="" display="mailto:tatjana.kralj@mrrfeu.hr"/>
+    <hyperlink ref="F28" r:id="rId27" location="" display="mailto:ivan.lajtman@mrrfeu.hr"/>
+    <hyperlink ref="F29" r:id="rId28" location="" display="mailto:marko.opancar@mrrfeu.hr"/>
+    <hyperlink ref="F30" r:id="rId29" location="" display="mailto:Marija.Pandzic@mvep.hr"/>
+    <hyperlink ref="F31" r:id="rId30" location="" display="mailto:Andrea.Selendic@mvep.hr"/>
+    <hyperlink ref="F32" r:id="rId31" location="" display="mailto:luka.vujnovic@mvep.hr"/>
+    <hyperlink ref="F33" r:id="rId32" location="" display="mailto:Domagoj.Vukusic@mrrfeu.hr"/>
+    <hyperlink ref="F34" r:id="rId33" location="" display="mailto:Iveta.Dankova@vlada.gov.cz"/>
+    <hyperlink ref="F35" r:id="rId34" location="" display="mailto:Iva.Kopecna@vlada.gov.cz"/>
+    <hyperlink ref="F36" r:id="rId35" location="" display="mailto:matousek.ondrej@vlada.cz"/>
+    <hyperlink ref="F37" r:id="rId36" location="" display="mailto:niombo.lomba@stm.bwl.de"/>
+    <hyperlink ref="F38" r:id="rId37" location="" display="mailto:ingrid.taschek@bruessel.bwl.de"/>
+    <hyperlink ref="F39" r:id="rId38" location="" display="mailto:florian.ballnus@stmuv.bayern.de"/>
+    <hyperlink ref="F40" r:id="rId39" location="" display="mailto:stephan.waggershauser@stk.bayern.de"/>
+    <hyperlink ref="F41" r:id="rId40" location="" display="mailto:clara.emmerich@stk.bayern.de"/>
+    <hyperlink ref="F42" r:id="rId41" location="" display="mailto:e22-2@auswaertiges-amt.de"/>
+    <hyperlink ref="F43" r:id="rId42" location="" display="mailto:e-b-2@auswaertiges-amt.de"/>
+    <hyperlink ref="F44" r:id="rId43" location="" display="mailto:e22-rl@auswaertiges-amt.de"/>
+    <hyperlink ref="F45" r:id="rId44" location="" display="mailto:vizdiplomacia@mfa.gov.hu"/>
+    <hyperlink ref="F46" r:id="rId45" location="" display="mailto:viktor.oroszi@mfa.gov.hu"/>
+    <hyperlink ref="F47" r:id="rId46" location="" display="mailto:agnes.barber@mfa.gov.hu"/>
+    <hyperlink ref="F48" r:id="rId47" location="" display="mailto:tatiana.nirca@midr.gov.md"/>
+    <hyperlink ref="F49" r:id="rId48" location="" display="mailto:aurelia.ciornei@midr.gov.md"/>
+    <hyperlink ref="F50" r:id="rId49" location="" display="mailto:milos.markovic@mep.gov.me"/>
+    <hyperlink ref="F51" r:id="rId50" location="" display="mailto:violeta.berisaj@mfa.gov.me"/>
+    <hyperlink ref="F52" r:id="rId51" location="" display="mailto:tatjana.boskovic@mep.gov.me"/>
+    <hyperlink ref="F53" r:id="rId52" location="" display="mailto:milos.damjanovic@mep.gov.me"/>
+    <hyperlink ref="F54" r:id="rId53" location="" display="mailto:tijana.djokovic@mep.gov.me"/>
+    <hyperlink ref="F55" r:id="rId54" location="" display="mailto:marko.srdanovic@mfa.gov.me"/>
+    <hyperlink ref="F56" r:id="rId55" location="" display="mailto:razvan-stefan.rab@mae.rosuerdmae.ro"/>
+    <hyperlink ref="F57" r:id="rId56" location="" display="mailto:valentin.panait@mae.ro"/>
+    <hyperlink ref="F58" r:id="rId57" location="" display="mailto:alin.stanescu@mae.ro"/>
+    <hyperlink ref="F59" r:id="rId58" location="" display="mailto:mihajilo.dasic@mei.gov.rs"/>
+    <hyperlink ref="F60" r:id="rId59" location="" display="mailto:ivana.davidovic@mei.gov.rs"/>
+    <hyperlink ref="F61" r:id="rId60" location="" display="mailto:jelena.djorgovic@mei.gov.rs"/>
+    <hyperlink ref="F62" r:id="rId61" location="" display="mailto:milos.golubovic@mei.gov.rs"/>
+    <hyperlink ref="F63" r:id="rId62" location="" display="mailto:kristina.milosavljevic@mfa.rs"/>
+    <hyperlink ref="F64" r:id="rId63" location="" display="mailto:rade.mirkovic@mei.gov.rs"/>
+    <hyperlink ref="F65" r:id="rId64" location="" display="mailto:nina.bratkova@mirri.gov.sk"/>
+    <hyperlink ref="F66" r:id="rId65" location="" display="mailto:frantisek.kolocany@mirri.gov.sk"/>
+    <hyperlink ref="F67" r:id="rId66" location="" display="mailto:tanja.strnisa@gov.si"/>
+    <hyperlink ref="F68" r:id="rId67" location="" display="mailto:mojca.aljancic@gov.si"/>
+    <hyperlink ref="F69" r:id="rId68" location="" display="mailto:dimitrij.pur@gov.si"/>
+    <hyperlink ref="F70" r:id="rId69" location="" display="mailto:n.afanasieva@uiip.org.ua"/>
+    <hyperlink ref="F71" r:id="rId70" location="" display="mailto:l.makarenko@mtu.gov.ua"/>
+    <hyperlink ref="F72" r:id="rId71" location="" display="mailto:m.omelchenko@uiip.org.ua"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>